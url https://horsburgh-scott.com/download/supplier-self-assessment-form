--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -1,35 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX3.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX4.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX5.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX6.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX6.bin" ContentType="application/vnd.ms-office.activeX"/>
@@ -163,91 +162,96 @@
   <Override PartName="/xl/activeX/activeX47.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX48.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX48.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/ctrlProps/ctrlProp40.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp41.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp42.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp49.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp50.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp51.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp52.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp53.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp54.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp55.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp56.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp57.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp58.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp59.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://horsburghscott-my.sharepoint.com/personal/mschaub_horsburgh-scott_com/Documents/Desktop/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{6B453C31-199D-47D2-91CD-893F0F550270}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15330" windowHeight="11295" activeTab="6"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="8" r:id="rId1"/>
     <sheet name="Quality" sheetId="7" r:id="rId2"/>
     <sheet name="Machining" sheetId="2" r:id="rId3"/>
     <sheet name="Forging" sheetId="3" r:id="rId4"/>
     <sheet name="Fabrication" sheetId="4" r:id="rId5"/>
     <sheet name="Steel" sheetId="5" r:id="rId6"/>
     <sheet name="Gearing" sheetId="6" r:id="rId7"/>
     <sheet name="Assembly" sheetId="9" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="7">Assembly!$A$1:$I$98</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Fabrication!$A$1:$I$94</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Forging!$A$1:$I$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">Gearing!$A$1:$I$47</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$J$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$J$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Machining!$A$1:$I$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Quality!$A$1:$I$96</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Steel!$A$1:$I$47</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="96">
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Supplier Address:</t>
   </si>
   <si>
     <t>Contact Name:</t>
   </si>
   <si>
     <t>Contact Phone:</t>
   </si>
   <si>
     <t>Number of Employees:</t>
   </si>
   <si>
     <t>Supplier Type:</t>
   </si>
   <si>
     <t>OD</t>
   </si>
   <si>
     <t>Length</t>
   </si>
   <si>
@@ -349,53 +353,50 @@
   <si>
     <t>Comments:</t>
   </si>
   <si>
     <t>5) Is non-conforming product identified and dispositioned?  If so, describe your procedure:</t>
   </si>
   <si>
     <t>4) Do you use calibrated test equipment &amp; gages traceable to national standards?  If so, describe your calibration procedure:</t>
   </si>
   <si>
     <t>6) Are customer requirements reviewed and determined prior to submission of a quotation or acceptance of an order?</t>
   </si>
   <si>
     <t>7) Is customer approval obtained for use of non-conforming products or services (Request for Deviation).  If so, explain your procedure?</t>
   </si>
   <si>
     <t>8) Are corrective actions initiated to eliminate the causes of product or process non-conformities?  If so, please describe your procedures:</t>
   </si>
   <si>
     <t>9) What are your incoming and outgoing product inspection procedures?</t>
   </si>
   <si>
     <t>3) Is product identified and does it maintain traceability through the entire process?  If so, please describe your procedures:</t>
   </si>
   <si>
-    <t>2) Are you certified to ISO 9001? (If so, please provide a copy of your certification):</t>
-[...1 lines deleted...]
-  <si>
     <t>Additional Capabililty</t>
   </si>
   <si>
     <t>1)</t>
   </si>
   <si>
     <t>2)</t>
   </si>
   <si>
     <t>3)</t>
   </si>
   <si>
     <t>10) How are part(s) processed through your facility?</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>1) Are you welding in accordance to either ASME B&amp;PV Code Sec. IX or AWS D1.1?</t>
   </si>
   <si>
     <t>Please Complete the Introduction, Quality, and all Applicable Supplier Type Tabs</t>
   </si>
   <si>
     <t>Comments</t>
@@ -478,59 +479,73 @@
   <si>
     <t xml:space="preserve">5a) What are your furnace capabilities?  </t>
   </si>
   <si>
     <t>5b) Do your furnaces have certified chart recorders?</t>
   </si>
   <si>
     <t>7) What are your painting capabilities?</t>
   </si>
   <si>
     <t>2) Are you certified to assemble Timken bearings?</t>
   </si>
   <si>
     <t xml:space="preserve">4) What are your bearing hearing capabilities?  Are they certified and how do you control bearing temperatures?   </t>
   </si>
   <si>
     <t>3) Do you have bedplates?  If so, what are your size and weight limitations and are they certified?</t>
   </si>
   <si>
     <t># of Shifts:</t>
   </si>
   <si>
     <t>Additional Capability</t>
   </si>
   <si>
-    <t>Please Email Form to Horsburgh and Scott Supplier Quality Engineer,
- CL@Horsburgh-Scott.com</t>
+    <t>Ed Dolan (ejd@horsburgh-scott.com)</t>
+  </si>
+  <si>
+    <t>Please Email Form to</t>
+  </si>
+  <si>
+    <t>2) Are you certified to ISO 9001? (If so, please provide a copy of your certification,  If  ISO Certification  Certificate  is provided, no further  entries required):</t>
+  </si>
+  <si>
+    <t>Matt Schaublin (mschaub@Horsburgh-scott.com)</t>
+  </si>
+  <si>
+    <t>John Strozsak (js@horsburgh-scott.com)</t>
+  </si>
+  <si>
+    <t>Brian Pettys (bpettys@horsburgh-scott.com)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="11" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -553,50 +568,56 @@
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -651,159 +672,148 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
@@ -1403,778 +1413,1083 @@
 <file path=xl/ctrlProps/ctrlProp58.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp59.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing5.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing6.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing7.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing8.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2998000" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="TextBox 1"/>
+        <xdr:cNvPr id="2" name="TextBox 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2638425" y="133350"/>
           <a:ext cx="2998000" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1400" b="1">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Supplier Self-Assessment Form</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>428623</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="19050"/>
+          <a:ext cx="2600323" cy="371475"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8193" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8193"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Machining</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>171450</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>419100</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8194" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8194"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Forging</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8195" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8195"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Fabrication</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>66675</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8196" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8196"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Steel</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>180975</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>352425</xdr:colOff>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8197" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8197"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Gearing</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8198" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8198"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8206" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8206"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>552450</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8207" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8207"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000F200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>104775</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8208" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8208"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8209" name="TextBox5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8209"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>400050</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8210" name="TextBox6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8210"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000012200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>266700</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:colOff>276225</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8213" name="TextBox7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8213"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>114299</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>581026</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="6" name="Rectangle 5"/>
+        <xdr:cNvPr id="6" name="Rectangle 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1114425" y="4952999"/>
           <a:ext cx="5381626" cy="390526"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="12700">
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
@@ -2188,1347 +2503,2016 @@
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>180975</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8214" name="TextBox8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8214"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000016200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>30</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:rowOff>47625</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8215" name="TextBox9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8215"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>33</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8216" name="TextBox10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8216"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000018200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>400050</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>419100</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8217" name="Check Box 25" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8217"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000019200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Assembly</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>57150</xdr:colOff>
           <xdr:row>22</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8218" name="TextBox11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8218"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001A200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8219" name="TextBox12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8219"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001B200000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...42 lines deleted...]
-  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7169" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7169"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000011C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>3</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7170" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7170"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000021C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7172" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7172"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000041C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7173" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7173"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000051C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7174" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7174"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000061C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7175" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7175"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000071C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7176" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7176"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000081C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7177" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7177"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000091C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>22</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7178" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7178"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>29</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7179" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7179"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7180" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7180"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7181" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7181"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000D1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7182" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7182"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000E1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7183" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7183"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>48</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7184" name="TextBox5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7184"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000101C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>51</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7185" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7185"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000111C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>66675</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>51</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7186" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7186"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000121C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>742950</xdr:colOff>
           <xdr:row>52</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>60</xdr:row>
           <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7187" name="TextBox6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7187"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000131C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>63</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>68</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7188" name="TextBox7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7188"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000141C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>61</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>62</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7189" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7189"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000151C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>61</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>62</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7190" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7190"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000161C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>69</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>70</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7191" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7191"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000171C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>69</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>419100</xdr:colOff>
           <xdr:row>70</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7192" name="Check Box 24" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7192"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000181C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>71</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>77</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7193" name="TextBox8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7193"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000191C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>600073</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Picture 26">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001B000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2600323" cy="371475"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2818144" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="28" name="TextBox 27"/>
+        <xdr:cNvPr id="28" name="TextBox 27">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001C000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2714625" y="57150"/>
           <a:ext cx="2818144" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -3551,164 +4535,210 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>79</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>86</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7194" name="TextBox9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7194"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001A1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>88</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>95</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7195" name="TextBox10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7195"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00001B1C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>158069</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>228598</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1533525" cy="520019"/>
+          <a:ext cx="2600323" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2029851" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2952750" y="95250"/>
           <a:ext cx="2029851" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -3742,246 +4772,326 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>295275</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>571500</xdr:colOff>
           <xdr:row>22</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2049" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2049"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001080000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>285750</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>561975</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2050" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2050"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002080000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:colOff>285750</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2051" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2051"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003080000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>419100</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>44</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2052" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2052"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004080000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1574</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>161923</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1676545" cy="573074"/>
+          <a:ext cx="2600323" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>581025</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1810304" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3019425" y="95250"/>
           <a:ext cx="1810304" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -4004,216 +5114,279 @@
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1400" b="1">
             <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3074" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3074"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000020C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>22</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>571500</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3075" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3075"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000030C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>42</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3076" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3076"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000040C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>66675</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>30149</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>161923</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="66675" y="28575"/>
-          <a:ext cx="1676545" cy="573074"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2600323" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>590550</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2109808" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3028950" y="142875"/>
           <a:ext cx="2109808" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -4230,1143 +5403,1716 @@
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Fabrication Capability</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1400" b="1" baseline="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1400" b="1">
             <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4107" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4107"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000B100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4108" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4108"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000C100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4109" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4109"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000D100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4110" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4110"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000E100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>15</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4111" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4111"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000F100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4112" name="Check Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4112"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000010100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>MIG</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4113" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4113"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000011100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>TIG</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
           <xdr:colOff>447675</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>180975</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>438150</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4114" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4114"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000012100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Tahoma"/>
                   <a:ea typeface="Tahoma"/>
                   <a:cs typeface="Tahoma"/>
                 </a:rPr>
                 <a:t>Subarc</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4115" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4115"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000013100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>19</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4116" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4116"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000014100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4117" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4117"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000015100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>49</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4118" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4118"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000016100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>49</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4119" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4119"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000017100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4120" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4120"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000018100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>52</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>58</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4121" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4121"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000019100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>60</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>65</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4122" name="TextBox5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4122"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001A100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>67</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>68</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4123" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4123"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001B100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>67</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>68</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4124" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4124"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001C100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>70</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>76</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4125" name="TextBox6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4125"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001D100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:colOff>247650</xdr:colOff>
+          <xdr:row>77</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4126" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4126"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001E100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
-          <xdr:row>76</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:row>77</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4127" name="Check Box 31" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4127"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001F100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>78</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>88</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4128" name="TextBox7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4128"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000020100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>42</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>43</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4129" name="Check Box 33" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4129"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000021100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>42</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>43</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4130" name="Check Box 34" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4130"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000022100000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1574</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>161923</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1676545" cy="573074"/>
+          <a:ext cx="2600323" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>180975</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1571392" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3467100" y="133350"/>
           <a:ext cx="1571392" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -5389,216 +7135,279 @@
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1400" b="1">
             <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5121" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5121"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000001140000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>571500</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5122" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5122"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002140000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5123" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5123"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003140000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1574</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>95248</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Picture 4"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1676545" cy="573074"/>
+          <a:ext cx="2600323" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1820691" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3228975" y="142875"/>
           <a:ext cx="1820691" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -5621,216 +7430,279 @@
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1400" b="1">
             <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="6145" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s6145"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000001180000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>29</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>571500</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="6146" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s6146"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002180000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="6147" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s6147"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003180000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1574</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>161923</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="1676545" cy="573074"/>
+          <a:ext cx="2790823" cy="371475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-</xdr:wsDr>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1990481" cy="298800"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="TextBox 2"/>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3324225" y="76200"/>
           <a:ext cx="1990481" cy="298800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -5864,1183 +7736,1761 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>561975</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15361" name="TextBox1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15361"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000013C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>19050</xdr:colOff>
           <xdr:row>66</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:col>8</xdr:col>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>75</xdr:row>
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15362" name="TextBox2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15362"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000023C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>15</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15363" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15363"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000033C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>15</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15364" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15364"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000043C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>581025</xdr:colOff>
+          <xdr:colOff>590550</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15365" name="TextBox3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15365"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000053C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
-          <xdr:row>25</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:row>26</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>600075</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15368" name="TextBox4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15368"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000083C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15369" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15369"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000093C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15370" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15370"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000A3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:col>8</xdr:col>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>114300</xdr:rowOff>
+          <xdr:rowOff>142875</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15371" name="TextBox5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15371"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000B3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>49</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>51</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15372" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15372"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000C3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>49</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15373" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15373"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000D3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>52</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15374" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15374"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000E3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>52</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>54</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15375" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15375"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000F3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>51</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>485775</xdr:colOff>
           <xdr:row>53</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15376" name="Check Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15376"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000103C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>51</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>53</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15377" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15377"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000113C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>228600</xdr:colOff>
           <xdr:row>50</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>504825</xdr:colOff>
+          <xdr:colOff>514350</xdr:colOff>
           <xdr:row>52</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15378" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15378"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000123C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>52</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15379" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15379"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000133C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>53</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>55</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15380" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15380"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000143C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>55</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15381" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15381"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000153C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>55</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15382" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15382"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000163C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>247650</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>514350</xdr:colOff>
           <xdr:row>57</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15383" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15383"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000173C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>53</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>55</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15384" name="Check Box 24" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15384"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000183C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>56</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>57</xdr:row>
           <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15385" name="Check Box 25" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15385"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-0000193C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>58</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>9</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:col>8</xdr:col>
+          <xdr:colOff>361950</xdr:colOff>
           <xdr:row>64</xdr:row>
-          <xdr:rowOff>142875</xdr:rowOff>
+          <xdr:rowOff>161925</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15388" name="TextBox6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15388"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00001C3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>219075</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>495300</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15389" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15389"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00001D3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>209550</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>171450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="15390" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s15390"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00001E3C0000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
-          <xdr:spPr>
+          <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...42 lines deleted...]
-  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -7068,51 +9518,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -7245,616 +9695,659 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX10.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX7.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX12.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX11.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX15.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX20.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX17.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX19.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX21.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX14.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX16.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX13.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX18.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX20.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX17.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX19.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX21.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX14.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX16.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX13.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX18.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX28.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX27.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX28.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX27.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX32.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX34.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX36.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX31.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX33.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX30.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX35.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX34.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX36.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX31.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX33.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX30.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX35.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX32.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX39.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX38.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX37.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX39.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX38.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX37.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX42.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX41.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX40.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX42.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX41.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX40.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX45.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX47.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX44.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX46.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX43.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX48.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX47.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX44.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.emf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX46.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX43.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX48.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX45.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FF00B050"/>
   </sheetPr>
-  <dimension ref="A1:J43"/>
+  <dimension ref="A1:J46"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="D33" sqref="D33"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="8"/>
-[...7 lines deleted...]
-      <c r="I1" s="8"/>
+      <c r="A1" s="2"/>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A2" s="6"/>
-[...7 lines deleted...]
-      <c r="I2" s="6"/>
+      <c r="A2" s="3"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="6"/>
-[...7 lines deleted...]
-      <c r="I3" s="6"/>
+      <c r="A3" s="3"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" s="3"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="3"/>
+      <c r="B5" s="3"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="3"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="3"/>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="3"/>
+      <c r="B8" s="3"/>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="3"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3"/>
+      <c r="B10" s="3"/>
+      <c r="C10" s="3"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="3"/>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+    </row>
+    <row r="13" spans="1:9" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3"/>
+      <c r="B14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3"/>
+      <c r="B16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="3"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="3"/>
+      <c r="B18" s="3"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="3"/>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="3"/>
+      <c r="B22" s="3"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="3"/>
+      <c r="B24" s="3"/>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="3"/>
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="3"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="2"/>
+    </row>
+    <row r="28" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B28" s="6"/>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+      <c r="I28" s="6"/>
+      <c r="J28" s="7"/>
+    </row>
+    <row r="29" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="3"/>
+      <c r="B29" s="6"/>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="6"/>
+      <c r="J29" s="7"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="3"/>
+      <c r="B30" s="3"/>
+      <c r="C30" s="3"/>
+      <c r="D30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="3"/>
+      <c r="F30" s="3"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="3"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="2"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B31" s="29"/>
+      <c r="C31" s="30"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="2"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" s="10"/>
+      <c r="B32" s="2"/>
+      <c r="D32" s="8"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="3"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="2"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B33" s="29"/>
+      <c r="C33" s="30"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="28"/>
+      <c r="B34" s="29"/>
+      <c r="D34" s="9"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B4" s="6"/>
-[...394 lines deleted...]
-      <c r="I36" s="3"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="3"/>
-[...7 lines deleted...]
-      <c r="I37" s="3"/>
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3"/>
-[...7 lines deleted...]
-      <c r="I38" s="3"/>
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="3"/>
-[...7 lines deleted...]
-      <c r="I39" s="3"/>
+      <c r="A39" s="2"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3"/>
-[...7 lines deleted...]
-      <c r="I40" s="3"/>
+      <c r="A40" s="2"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3"/>
-[...10 lines deleted...]
-      <c r="A42" s="55" t="s">
+      <c r="A41" s="2"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="B42" s="39"/>
-[...6 lines deleted...]
-      <c r="I42" s="39"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="27"/>
+      <c r="E42" s="27"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
+      <c r="H42" s="27"/>
+      <c r="I42" s="27"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3"/>
-[...7 lines deleted...]
-      <c r="I43" s="3"/>
+      <c r="A43" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="B43" s="27"/>
+      <c r="C43" s="27"/>
+      <c r="D43" s="27"/>
+      <c r="E43" s="27"/>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27"/>
+      <c r="H43" s="27"/>
+      <c r="I43" s="27"/>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" s="27"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="27"/>
+      <c r="E44" s="27"/>
+      <c r="F44" s="27"/>
+      <c r="G44" s="27"/>
+      <c r="H44" s="27"/>
+      <c r="I44" s="27"/>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="26" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="27"/>
+      <c r="E45" s="27"/>
+      <c r="F45" s="27"/>
+      <c r="G45" s="27"/>
+      <c r="H45" s="27"/>
+      <c r="I45" s="27"/>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="26" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="27"/>
+      <c r="E46" s="27"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27"/>
+      <c r="H46" s="27"/>
+      <c r="I46" s="27"/>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A34:B34"/>
+  <sheetProtection selectLockedCells="1"/>
+  <mergeCells count="8">
+    <mergeCell ref="A46:I46"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A34:B34"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 7/17/2012&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8198" r:id="rId4" name="TextBox1">
           <controlPr defaultSize="0" autoLine="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>5</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>6</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
@@ -7905,268 +10398,268 @@
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8207" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8208" r:id="rId10" name="TextBox4">
           <controlPr defaultSize="0" autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>17</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>104775</xdr:colOff>
                 <xdr:row>19</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8208" r:id="rId10" name="TextBox4"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8209" r:id="rId12" name="TextBox5">
           <controlPr defaultSize="0" autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
-                <xdr:colOff>47625</xdr:colOff>
+                <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>21</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8209" r:id="rId12" name="TextBox5"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8210" r:id="rId13" name="TextBox6">
           <controlPr defaultSize="0" autoLine="0" autoPict="0" r:id="rId14">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>4</xdr:col>
-                <xdr:colOff>123825</xdr:colOff>
+                <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>25</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8210" r:id="rId13" name="TextBox6"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8213" r:id="rId15" name="TextBox7">
           <controlPr defaultSize="0" autoLine="0" r:id="rId16">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>123825</xdr:colOff>
+                <xdr:colOff>133350</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>3</xdr:col>
-                <xdr:colOff>266700</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>0</xdr:rowOff>
+                <xdr:colOff>276225</xdr:colOff>
+                <xdr:row>8</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8213" r:id="rId15" name="TextBox7"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8214" r:id="rId17" name="TextBox8">
           <controlPr autoLine="0" autoPict="0" r:id="rId18">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>35</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>533400</xdr:colOff>
                 <xdr:row>39</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8214" r:id="rId17" name="TextBox8"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8215" r:id="rId19" name="TextBox9">
           <controlPr defaultSize="0" autoLine="0" r:id="rId20">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>30</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>31</xdr:row>
-                <xdr:rowOff>38100</xdr:rowOff>
+                <xdr:rowOff>47625</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8215" r:id="rId19" name="TextBox9"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8216" r:id="rId21" name="TextBox10">
           <controlPr defaultSize="0" autoLine="0" r:id="rId20">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>32</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>33</xdr:row>
-                <xdr:rowOff>28575</xdr:rowOff>
+                <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8216" r:id="rId21" name="TextBox10"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8218" r:id="rId22" name="TextBox11">
           <controlPr defaultSize="0" autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
-                <xdr:colOff>47625</xdr:colOff>
+                <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>22</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>114300</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8218" r:id="rId22" name="TextBox11"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8219" r:id="rId23" name="TextBox12">
           <controlPr defaultSize="0" autoLine="0" autoPict="0" r:id="rId24">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>6</xdr:col>
                 <xdr:colOff>152400</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>25</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="8219" r:id="rId23" name="TextBox12"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8193" r:id="rId25" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>27</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>57150</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8194" r:id="rId26" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>171450</xdr:colOff>
                 <xdr:row>27</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
@@ -8190,435 +10683,368 @@
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>381000</xdr:colOff>
                 <xdr:row>27</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>6</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8196" r:id="rId28" name="Check Box 4">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>6</xdr:col>
                 <xdr:colOff>66675</xdr:colOff>
                 <xdr:row>27</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8197" r:id="rId29" name="Check Box 5">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>180975</xdr:colOff>
                 <xdr:row>27</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>352425</xdr:colOff>
+                <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="8217" r:id="rId30" name="Check Box 25">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>400050</xdr:colOff>
                 <xdr:row>26</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A3:I88"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showWhiteSpace="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M14" sqref="M14"/>
+    <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A30" sqref="A30:G31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="11.7109375" style="3" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="1" width="11.7109375" style="2" customWidth="1"/>
+    <col min="2" max="16384" width="9.28515625" style="2"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="H3" s="18" t="s">
+      <c r="H3" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="I3" s="18" t="s">
+      <c r="I3" s="11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="8"/>
-[...66 lines deleted...]
-      <c r="I11" s="37"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A12" s="43" t="s">
-        <v>48</v>
+      <c r="A12" s="33" t="s">
+        <v>92</v>
       </c>
-      <c r="B12" s="43"/>
-[...4 lines deleted...]
-      <c r="G12" s="43"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="31"/>
+      <c r="G12" s="31"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A13" s="43"/>
-[...5 lines deleted...]
-      <c r="G13" s="43"/>
+      <c r="A13" s="31"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="31"/>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A21" s="44" t="s">
+      <c r="A21" s="32" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="44"/>
-[...4 lines deleted...]
-      <c r="G21" s="44"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A22" s="44"/>
-[...5 lines deleted...]
-      <c r="G22" s="44"/>
+      <c r="A22" s="32"/>
+      <c r="B22" s="32"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="32"/>
+      <c r="G22" s="32"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A30" s="44" t="s">
+      <c r="A30" s="32" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="44"/>
-[...4 lines deleted...]
-      <c r="G30" s="44"/>
+      <c r="B30" s="32"/>
+      <c r="C30" s="32"/>
+      <c r="D30" s="32"/>
+      <c r="E30" s="32"/>
+      <c r="F30" s="32"/>
+      <c r="G30" s="32"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A31" s="44"/>
-[...5 lines deleted...]
-      <c r="G31" s="44"/>
+      <c r="A31" s="32"/>
+      <c r="B31" s="32"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="32"/>
+      <c r="E31" s="32"/>
+      <c r="F31" s="32"/>
+      <c r="G31" s="32"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A39" s="44" t="s">
+      <c r="A39" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="B39" s="44"/>
-[...5 lines deleted...]
-      <c r="H39" s="9"/>
+      <c r="B39" s="32"/>
+      <c r="C39" s="32"/>
+      <c r="D39" s="32"/>
+      <c r="E39" s="32"/>
+      <c r="F39" s="32"/>
+      <c r="G39" s="32"/>
+      <c r="H39" s="4"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A40" s="44"/>
-[...6 lines deleted...]
-      <c r="H40" s="9"/>
+      <c r="A40" s="32"/>
+      <c r="B40" s="32"/>
+      <c r="C40" s="32"/>
+      <c r="D40" s="32"/>
+      <c r="E40" s="32"/>
+      <c r="F40" s="32"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="4"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A51" s="43" t="s">
+      <c r="A51" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="B51" s="43"/>
-[...4 lines deleted...]
-      <c r="G51" s="43"/>
+      <c r="B51" s="31"/>
+      <c r="C51" s="31"/>
+      <c r="D51" s="31"/>
+      <c r="E51" s="31"/>
+      <c r="F51" s="31"/>
+      <c r="G51" s="31"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A52" s="43"/>
-[...5 lines deleted...]
-      <c r="G52" s="43"/>
+      <c r="A52" s="31"/>
+      <c r="B52" s="31"/>
+      <c r="C52" s="31"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+      <c r="F52" s="31"/>
+      <c r="G52" s="31"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A62" s="44" t="s">
+      <c r="A62" s="32" t="s">
         <v>44</v>
       </c>
-      <c r="B62" s="44"/>
-[...4 lines deleted...]
-      <c r="G62" s="44"/>
+      <c r="B62" s="32"/>
+      <c r="C62" s="32"/>
+      <c r="D62" s="32"/>
+      <c r="E62" s="32"/>
+      <c r="F62" s="32"/>
+      <c r="G62" s="32"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A63" s="44"/>
-[...5 lines deleted...]
-      <c r="G63" s="44"/>
+      <c r="A63" s="32"/>
+      <c r="B63" s="32"/>
+      <c r="C63" s="32"/>
+      <c r="D63" s="32"/>
+      <c r="E63" s="32"/>
+      <c r="F63" s="32"/>
+      <c r="G63" s="32"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A70" s="44" t="s">
+      <c r="A70" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="B70" s="44"/>
-[...4 lines deleted...]
-      <c r="G70" s="44"/>
+      <c r="B70" s="32"/>
+      <c r="C70" s="32"/>
+      <c r="D70" s="32"/>
+      <c r="E70" s="32"/>
+      <c r="F70" s="32"/>
+      <c r="G70" s="32"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A71" s="44"/>
-[...5 lines deleted...]
-      <c r="G71" s="44"/>
+      <c r="A71" s="32"/>
+      <c r="B71" s="32"/>
+      <c r="C71" s="32"/>
+      <c r="D71" s="32"/>
+      <c r="E71" s="32"/>
+      <c r="F71" s="32"/>
+      <c r="G71" s="32"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A79" s="45" t="s">
+      <c r="A79" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="45"/>
-[...4 lines deleted...]
-      <c r="G79" s="45"/>
+      <c r="B79" s="29"/>
+      <c r="C79" s="29"/>
+      <c r="D79" s="29"/>
+      <c r="E79" s="29"/>
+      <c r="F79" s="29"/>
+      <c r="G79" s="29"/>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A88" s="3" t="s">
-        <v>53</v>
+      <c r="A88" s="2" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="A51:G52"/>
     <mergeCell ref="A62:G63"/>
     <mergeCell ref="A70:G71"/>
     <mergeCell ref="A79:G79"/>
     <mergeCell ref="A12:G13"/>
     <mergeCell ref="A21:G22"/>
     <mergeCell ref="A30:G31"/>
     <mergeCell ref="A39:G40"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LQAFM   - 7/17/2012&amp;C&amp;"Arial Black,Regular"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7172" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>4</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>10</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7172" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7173" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" autoPict="0" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>13</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>19</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7173" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7178" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>28575</xdr:colOff>
@@ -8626,82 +11052,82 @@
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7178" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7181" r:id="rId10" name="TextBox4">
           <controlPr autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>31</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>38</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7181" r:id="rId10" name="TextBox4"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7184" r:id="rId12" name="TextBox5">
           <controlPr autoLine="0" autoPict="0" r:id="rId13">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>48</xdr:row>
-                <xdr:rowOff>123825</xdr:rowOff>
+                <xdr:rowOff>133350</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7184" r:id="rId12" name="TextBox5"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7187" r:id="rId14" name="TextBox6">
           <controlPr autoLine="0" autoPict="0" r:id="rId15">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>742950</xdr:colOff>
                 <xdr:row>52</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>60</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
@@ -8732,658 +11158,657 @@
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7188" r:id="rId16" name="TextBox7"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7193" r:id="rId18" name="TextBox8">
           <controlPr autoLine="0" autoPict="0" r:id="rId19">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>71</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>77</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7193" r:id="rId18" name="TextBox8"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7194" r:id="rId20" name="TextBox9">
           <controlPr autoLine="0" autoPict="0" r:id="rId21">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>79</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>86</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7194" r:id="rId20" name="TextBox9"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7195" r:id="rId22" name="TextBox10">
           <controlPr autoLine="0" autoPict="0" r:id="rId23">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>28575</xdr:colOff>
                 <xdr:row>88</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>95</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7195" r:id="rId22" name="TextBox10"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7169" r:id="rId24" name="Check Box 1">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>2</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>4</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7170" r:id="rId25" name="Check Box 2">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>3</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>4</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7174" r:id="rId26" name="Check Box 6">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>11</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7175" r:id="rId27" name="Check Box 7">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>11</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7176" r:id="rId28" name="Check Box 8">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>20</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>21</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7177" r:id="rId29" name="Check Box 9">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>20</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>21</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7179" r:id="rId30" name="Check Box 11">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>29</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7180" r:id="rId31" name="Check Box 12">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7182" r:id="rId32" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>38</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>39</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7183" r:id="rId33" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>38</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>39</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7185" r:id="rId34" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>50</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>51</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7186" r:id="rId35" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>50</xdr:row>
                 <xdr:rowOff>66675</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>51</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7189" r:id="rId36" name="Check Box 21">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>61</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7190" r:id="rId37" name="Check Box 22">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>61</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>62</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7191" r:id="rId38" name="Check Box 23">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="7192" r:id="rId39" name="Check Box 24">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>69</xdr:row>
                 <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A5:I37"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+    <sheetView showGridLines="0" topLeftCell="A36" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.140625" style="20" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="20"/>
+    <col min="1" max="1" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="19"/>
-      <c r="B5" s="46" t="s">
+      <c r="A5" s="12"/>
+      <c r="B5" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="47"/>
-      <c r="D5" s="46" t="s">
+      <c r="C5" s="35"/>
+      <c r="D5" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="47"/>
-      <c r="F5" s="48" t="s">
+      <c r="E5" s="35"/>
+      <c r="F5" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="G5" s="48" t="s">
+      <c r="G5" s="36" t="s">
         <v>32</v>
       </c>
-      <c r="H5" s="50" t="s">
+      <c r="H5" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="50"/>
+      <c r="I5" s="38"/>
     </row>
     <row r="6" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="21"/>
-[...1 lines deleted...]
-        <v>61</v>
+      <c r="A6" s="13"/>
+      <c r="B6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="C6" s="38" t="s">
-        <v>59</v>
+      <c r="C6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="D6" s="38" t="s">
-        <v>61</v>
+      <c r="D6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="E6" s="38" t="s">
-        <v>59</v>
+      <c r="E6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="F6" s="49"/>
-[...1 lines deleted...]
-      <c r="H6" s="38" t="s">
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="38" t="s">
+      <c r="I6" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="22" t="s">
+      <c r="A7" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="23" t="s">
+      <c r="A8" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="23" t="s">
+      <c r="A9" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="2"/>
-[...6 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="23" t="s">
+      <c r="A10" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="23" t="s">
+      <c r="A11" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="23" t="s">
+      <c r="A12" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="23" t="s">
+      <c r="A13" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="24" t="s">
-        <v>90</v>
+      <c r="A15" s="16" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="16" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A24" s="20" t="s">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>52</v>
+    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:I5"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1  - 7/17/2012 &amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="2049" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>295275</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>22</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
@@ -9401,1756 +11826,1750 @@
                 <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="2050" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="2051" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
-                <xdr:colOff>276225</xdr:colOff>
+                <xdr:colOff>285750</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>35</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="2051" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="2052" r:id="rId10" name="TextBox4">
           <controlPr autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>419100</xdr:colOff>
                 <xdr:row>37</xdr:row>
-                <xdr:rowOff>47625</xdr:rowOff>
+                <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>44</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="2052" r:id="rId10" name="TextBox4"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A5:K39"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A36" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="6" width="9.140625" style="20"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="20"/>
+    <col min="7" max="7" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A5" s="25"/>
-      <c r="B5" s="46" t="s">
+      <c r="A5" s="2"/>
+      <c r="B5" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="47"/>
-      <c r="D5" s="46" t="s">
+      <c r="C5" s="35"/>
+      <c r="D5" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="47"/>
-      <c r="F5" s="48" t="s">
+      <c r="E5" s="35"/>
+      <c r="F5" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="G5" s="25"/>
-      <c r="H5" s="25"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A6" s="25"/>
-[...1 lines deleted...]
-        <v>61</v>
+      <c r="A6" s="2"/>
+      <c r="B6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="C6" s="38" t="s">
-        <v>59</v>
+      <c r="C6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="D6" s="38" t="s">
-        <v>61</v>
+      <c r="D6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="E6" s="38" t="s">
-        <v>59</v>
+      <c r="E6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="F6" s="51"/>
-[...1 lines deleted...]
-      <c r="H6" s="25"/>
+      <c r="F6" s="39"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="23" t="s">
+      <c r="A7" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="2"/>
-[...5 lines deleted...]
-      <c r="H7" s="25"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="23" t="s">
+      <c r="A8" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="2"/>
-[...5 lines deleted...]
-      <c r="H8" s="25"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="25"/>
-[...9 lines deleted...]
-      <c r="K9" s="25"/>
+      <c r="A9" s="2"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="25"/>
-[...9 lines deleted...]
-      <c r="K10" s="25"/>
+      <c r="A10" s="2"/>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="2"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B11" s="25"/>
-[...24 lines deleted...]
-      <c r="A13" s="25" t="s">
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="2"/>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
+      <c r="K17" s="2"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B13" s="25"/>
-[...128 lines deleted...]
-      <c r="A23" s="25" t="s">
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+      <c r="J29" s="2"/>
+      <c r="K29" s="2"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="2"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="2"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="25"/>
-[...140 lines deleted...]
-      <c r="K33" s="25"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A34" s="25"/>
-[...9 lines deleted...]
-      <c r="K34" s="25"/>
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A35" s="25"/>
-[...9 lines deleted...]
-      <c r="K35" s="25"/>
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A36" s="25"/>
-[...9 lines deleted...]
-      <c r="K36" s="25"/>
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A37" s="25"/>
-[...9 lines deleted...]
-      <c r="K37" s="25"/>
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A38" s="25"/>
-[...9 lines deleted...]
-      <c r="K38" s="25"/>
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A39" s="25"/>
-[...9 lines deleted...]
-      <c r="K39" s="25"/>
+      <c r="A39" s="2"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:F6"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1    - 7/17/2012 &amp;C&amp;"Arial Black,Regular"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="3074" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>21</xdr:row>
                 <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="3074" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="3075" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" autoPict="0" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>22</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>31</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="3075" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="3076" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>32</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>42</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="3076" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A4:K82"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" topLeftCell="A41" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="6" width="9.140625" style="20"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="20"/>
+    <col min="7" max="7" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="27"/>
-[...6 lines deleted...]
-      <c r="H4" s="35" t="s">
+      <c r="A4" s="16"/>
+      <c r="H4" s="23" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="35" t="s">
+      <c r="I4" s="23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="52" t="s">
-        <v>55</v>
+      <c r="A5" s="40" t="s">
+        <v>54</v>
       </c>
-      <c r="B5" s="53"/>
-[...6 lines deleted...]
-      <c r="I5" s="25"/>
+      <c r="B5" s="41"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="53"/>
-[...7 lines deleted...]
-      <c r="I6" s="33"/>
+      <c r="A6" s="41"/>
+      <c r="B6" s="41"/>
+      <c r="C6" s="41"/>
+      <c r="D6" s="41"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="41"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="36"/>
-[...7 lines deleted...]
-      <c r="I7" s="33"/>
+      <c r="A7" s="24"/>
+      <c r="B7" s="24"/>
+      <c r="C7" s="24"/>
+      <c r="D7" s="24"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="24"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="25" t="s">
+      <c r="A8" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="2"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="2"/>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2"/>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="2"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="2"/>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="2"/>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B8" s="25"/>
-[...108 lines deleted...]
-      <c r="A18" s="25" t="s">
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="22"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B18" s="25"/>
-[...20 lines deleted...]
-      <c r="A20" s="25" t="s">
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="2"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="2"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="2"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+      <c r="J40" s="2"/>
+      <c r="K40" s="2"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="2"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="2"/>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
+      <c r="J43" s="2"/>
+      <c r="K43" s="2"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="2"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="2"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="2"/>
+      <c r="K45" s="2"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="2"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="2"/>
+      <c r="K46" s="2"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="2"/>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
+      <c r="J47" s="2"/>
+      <c r="K47" s="2"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="2"/>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="I48" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="J48" s="2"/>
+      <c r="K48" s="2"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="23"/>
+      <c r="I49" s="23"/>
+      <c r="J49" s="2"/>
+      <c r="K49" s="2"/>
+    </row>
+    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B20" s="25"/>
-[...360 lines deleted...]
-      <c r="A50" s="25" t="s">
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+    </row>
+    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="2"/>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
+      <c r="J51" s="2"/>
+      <c r="K51" s="2"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="B50" s="25"/>
-[...24 lines deleted...]
-      <c r="A52" s="25" t="s">
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+      <c r="J52" s="2"/>
+      <c r="K52" s="2"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="2"/>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+      <c r="J53" s="2"/>
+      <c r="K53" s="2"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="2"/>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+      <c r="J54" s="2"/>
+      <c r="K54" s="2"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="2"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+      <c r="J55" s="2"/>
+      <c r="K55" s="2"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="2"/>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
+      <c r="J56" s="2"/>
+      <c r="K56" s="2"/>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="2"/>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+      <c r="J57" s="2"/>
+      <c r="K57" s="2"/>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="2"/>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="2"/>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+      <c r="J59" s="2"/>
+      <c r="K59" s="2"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B52" s="25"/>
-[...102 lines deleted...]
-      <c r="A60" s="25" t="s">
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
+      <c r="J60" s="2"/>
+      <c r="K60" s="2"/>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="2"/>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+      <c r="J61" s="2"/>
+      <c r="K61" s="2"/>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="2"/>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+      <c r="J62" s="2"/>
+      <c r="K62" s="2"/>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="2"/>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="J63" s="2"/>
+      <c r="K63" s="2"/>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="2"/>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+      <c r="J64" s="2"/>
+      <c r="K64" s="2"/>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="2"/>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+      <c r="J65" s="2"/>
+      <c r="K65" s="2"/>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="2"/>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+      <c r="J66" s="2"/>
+      <c r="K66" s="2"/>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="2"/>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="B60" s="25"/>
-[...102 lines deleted...]
-      <c r="A68" s="25" t="s">
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+      <c r="J68" s="2"/>
+      <c r="K68" s="2"/>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="2"/>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+      <c r="J69" s="2"/>
+      <c r="K69" s="2"/>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="B68" s="25"/>
-[...24 lines deleted...]
-      <c r="A70" s="25" t="s">
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+      <c r="J70" s="2"/>
+      <c r="K70" s="2"/>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="2"/>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+      <c r="J71" s="2"/>
+      <c r="K71" s="2"/>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="2"/>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="2"/>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+      <c r="J73" s="2"/>
+      <c r="K73" s="2"/>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="2"/>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+      <c r="J74" s="2"/>
+      <c r="K74" s="2"/>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="2"/>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
+      <c r="J75" s="2"/>
+      <c r="K75" s="2"/>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="2"/>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
+      <c r="J76" s="2"/>
+      <c r="K76" s="2"/>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="2"/>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
+      <c r="J77" s="2"/>
+      <c r="K77" s="2"/>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B70" s="25"/>
-[...114 lines deleted...]
-      <c r="K78" s="25"/>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
+      <c r="J78" s="2"/>
+      <c r="K78" s="2"/>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A79" s="25"/>
-[...9 lines deleted...]
-      <c r="K79" s="25"/>
+      <c r="A79" s="2"/>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
+      <c r="J79" s="2"/>
+      <c r="K79" s="2"/>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A80" s="25"/>
-[...9 lines deleted...]
-      <c r="K80" s="25"/>
+      <c r="A80" s="2"/>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="J80" s="2"/>
+      <c r="K80" s="2"/>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A81" s="25"/>
-[...9 lines deleted...]
-      <c r="K81" s="25"/>
+      <c r="A81" s="2"/>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+      <c r="J81" s="2"/>
+      <c r="K81" s="2"/>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A82" s="25"/>
-[...7 lines deleted...]
-      <c r="I82" s="25"/>
+      <c r="A82" s="2"/>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A5:G6"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1   - 7/17/2012&amp;C&amp;"Arial Black,Regular"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4111" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>8</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>15</xdr:row>
                 <xdr:rowOff>114300</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4111" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4117" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" autoPict="0" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4117" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4120" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>32</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4120" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4121" r:id="rId10" name="TextBox4">
           <controlPr autoLine="0" autoPict="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>52</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
@@ -11187,2027 +13606,2028 @@
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4122" r:id="rId12" name="TextBox5"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4125" r:id="rId14" name="TextBox6">
           <controlPr autoLine="0" autoPict="0" r:id="rId15">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>28575</xdr:colOff>
                 <xdr:row>70</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>76</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4125" r:id="rId14" name="TextBox6"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4128" r:id="rId16" name="TextBox7">
           <controlPr autoLine="0" autoPict="0" r:id="rId17">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>78</xdr:row>
-                <xdr:rowOff>47625</xdr:rowOff>
+                <xdr:rowOff>57150</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>9</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>88</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="4128" r:id="rId16" name="TextBox7"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4107" r:id="rId18" name="Check Box 11">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>4</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>5</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4108" r:id="rId19" name="Check Box 12">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>4</xdr:row>
-                <xdr:rowOff>85725</xdr:rowOff>
+                <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>5</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4109" r:id="rId20" name="Check Box 13">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>8</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4110" r:id="rId21" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>8</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4112" r:id="rId22" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>2</xdr:col>
                 <xdr:colOff>76200</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>3</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>18</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4113" r:id="rId23" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>18</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4114" r:id="rId24" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>3</xdr:col>
                 <xdr:colOff>447675</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>180975</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>438150</xdr:colOff>
                 <xdr:row>18</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4115" r:id="rId25" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>19</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4116" r:id="rId26" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>19</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4118" r:id="rId27" name="Check Box 22">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>49</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>50</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4119" r:id="rId28" name="Check Box 23">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>49</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>50</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4123" r:id="rId29" name="Check Box 27">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>67</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4124" r:id="rId30" name="Check Box 28">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>67</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>68</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4126" r:id="rId31" name="Check Box 30">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
-[...1 lines deleted...]
-                <xdr:rowOff>180975</xdr:rowOff>
+                <xdr:colOff>247650</xdr:colOff>
+                <xdr:row>77</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>78</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4127" r:id="rId32" name="Check Box 31">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
-                <xdr:row>76</xdr:row>
-                <xdr:rowOff>180975</xdr:rowOff>
+                <xdr:row>77</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>78</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4129" r:id="rId33" name="Check Box 33">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>42</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>43</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="4130" r:id="rId34" name="Check Box 34">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>42</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>43</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A5:K39"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRuler="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView showGridLines="0" showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="6" width="9.140625" style="29"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="29"/>
+    <col min="1" max="6" width="9.28515625" style="18"/>
+    <col min="7" max="7" width="13.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.28515625" style="18"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="46" t="s">
+      <c r="B5" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="47"/>
-      <c r="D5" s="46" t="s">
+      <c r="C5" s="35"/>
+      <c r="D5" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="47"/>
+      <c r="E5" s="35"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B6" s="38" t="s">
-        <v>61</v>
+      <c r="B6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="C6" s="38" t="s">
-        <v>59</v>
+      <c r="C6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="D6" s="38" t="s">
-        <v>61</v>
+      <c r="D6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="E6" s="38" t="s">
-        <v>59</v>
+      <c r="E6" s="25" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="31" t="s">
+      <c r="A7" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="32"/>
-[...2 lines deleted...]
-      <c r="E7" s="32"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+      <c r="E7" s="21"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="31" t="s">
+      <c r="A8" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="32"/>
-[...2 lines deleted...]
-      <c r="E8" s="32"/>
+      <c r="B8" s="21"/>
+      <c r="C8" s="21"/>
+      <c r="D8" s="21"/>
+      <c r="E8" s="21"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A11" s="24" t="s">
-        <v>90</v>
+      <c r="A11" s="16" t="s">
+        <v>89</v>
       </c>
-      <c r="B11" s="25"/>
-[...8 lines deleted...]
-      <c r="K11" s="25"/>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A12" s="25"/>
-[...9 lines deleted...]
-      <c r="K12" s="25"/>
+      <c r="A12" s="2"/>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A13" s="25" t="s">
+      <c r="A13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A15" s="2"/>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A16" s="2"/>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A17" s="2"/>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
+      <c r="K17" s="2"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A19" s="2"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A22" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B13" s="25"/>
-[...115 lines deleted...]
-      <c r="A22" s="25" t="s">
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+      <c r="J29" s="2"/>
+      <c r="K29" s="2"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A30" s="2"/>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A31" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="25"/>
-[...127 lines deleted...]
-      <c r="K31" s="25"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A32" s="25"/>
-[...9 lines deleted...]
-      <c r="K32" s="25"/>
+      <c r="A32" s="2"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A33" s="25"/>
-[...9 lines deleted...]
-      <c r="K33" s="25"/>
+      <c r="A33" s="2"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A34" s="25"/>
-[...9 lines deleted...]
-      <c r="K34" s="25"/>
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A35" s="25"/>
-[...9 lines deleted...]
-      <c r="K35" s="25"/>
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A36" s="25"/>
-[...9 lines deleted...]
-      <c r="K36" s="25"/>
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A37" s="25"/>
-[...9 lines deleted...]
-      <c r="K37" s="25"/>
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A38" s="20"/>
-[...9 lines deleted...]
-      <c r="K38" s="20"/>
+      <c r="A38"/>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38"/>
+      <c r="F38"/>
+      <c r="G38"/>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38"/>
+      <c r="K38"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A39" s="20"/>
-[...9 lines deleted...]
-      <c r="K39" s="20"/>
+      <c r="A39"/>
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39"/>
+      <c r="K39"/>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1 - 7/17/2012&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="5121" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>20</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="5121" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="5122" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" autoPict="0" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>21</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="5122" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="5123" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>30</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>40</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="5123" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A5:K45"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.5703125" style="20" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="20"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.5703125" customWidth="1"/>
+    <col min="3" max="3" width="7.28515625" customWidth="1"/>
+    <col min="7" max="7" width="13.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B5" s="46" t="s">
+      <c r="B5" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="47"/>
-      <c r="D5" s="46" t="s">
+      <c r="C5" s="35"/>
+      <c r="D5" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="47"/>
-      <c r="F5" s="48" t="s">
+      <c r="E5" s="35"/>
+      <c r="F5" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="G5" s="48" t="s">
+      <c r="G5" s="36" t="s">
         <v>32</v>
       </c>
-      <c r="H5" s="50" t="s">
+      <c r="H5" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="50"/>
+      <c r="I5" s="38"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="B6" s="38" t="s">
-        <v>61</v>
+      <c r="B6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="C6" s="38" t="s">
-        <v>59</v>
+      <c r="C6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="D6" s="38" t="s">
-        <v>61</v>
+      <c r="D6" s="25" t="s">
+        <v>60</v>
       </c>
-      <c r="E6" s="38" t="s">
-        <v>59</v>
+      <c r="E6" s="25" t="s">
+        <v>58</v>
       </c>
-      <c r="F6" s="49"/>
-[...1 lines deleted...]
-      <c r="H6" s="38" t="s">
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="38" t="s">
+      <c r="I6" s="25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="26" t="s">
+      <c r="A7" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="30"/>
-[...6 lines deleted...]
-      <c r="I7" s="30"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="19"/>
+      <c r="H7" s="19"/>
+      <c r="I7" s="19"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="26" t="s">
+      <c r="A8" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="30"/>
-[...6 lines deleted...]
-      <c r="I8" s="30"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="26" t="s">
+      <c r="A9" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="30"/>
-[...6 lines deleted...]
-      <c r="I9" s="30"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+      <c r="F9" s="19"/>
+      <c r="G9" s="19"/>
+      <c r="H9" s="19"/>
+      <c r="I9" s="19"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="26" t="s">
+      <c r="A10" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="30"/>
-[...6 lines deleted...]
-      <c r="I10" s="30"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="19"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="19"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="26" t="s">
+      <c r="A11" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="30"/>
-[...6 lines deleted...]
-      <c r="I11" s="30"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="19"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="19"/>
+      <c r="I11" s="19"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="26" t="s">
+      <c r="A12" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="30"/>
-[...6 lines deleted...]
-      <c r="I12" s="30"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="19"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="26" t="s">
+      <c r="A13" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="30"/>
-[...6 lines deleted...]
-      <c r="I13" s="30"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="19"/>
+      <c r="E13" s="19"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19"/>
+      <c r="H13" s="19"/>
+      <c r="I13" s="19"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="B14" s="30"/>
-[...6 lines deleted...]
-      <c r="I14" s="30"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="19"/>
+      <c r="E14" s="19"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="19"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="B15" s="30"/>
-[...6 lines deleted...]
-      <c r="I15" s="30"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
+      <c r="H15" s="19"/>
+      <c r="I15" s="19"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="26" t="s">
+      <c r="A16" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="B16" s="30"/>
-[...6 lines deleted...]
-      <c r="I16" s="30"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="19"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A18" s="25"/>
-[...9 lines deleted...]
-      <c r="K18" s="25"/>
+      <c r="A18" s="2"/>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A19" s="24" t="s">
-        <v>90</v>
+      <c r="A19" s="16" t="s">
+        <v>89</v>
       </c>
-      <c r="B19" s="25"/>
-[...8 lines deleted...]
-      <c r="K19" s="25"/>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A20" s="25"/>
-[...9 lines deleted...]
-      <c r="K20" s="25"/>
+      <c r="A20" s="2"/>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A21" s="25" t="s">
+      <c r="A21" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="2"/>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="2"/>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+      <c r="J24" s="2"/>
+      <c r="K24" s="2"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="2"/>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="2"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
+      <c r="J29" s="2"/>
+      <c r="K29" s="2"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="25"/>
-[...115 lines deleted...]
-      <c r="A30" s="25" t="s">
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+      <c r="J30" s="2"/>
+      <c r="K30" s="2"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="2"/>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="2"/>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="2"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+      <c r="J33" s="2"/>
+      <c r="K33" s="2"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="2"/>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="2"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="2"/>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+      <c r="J37" s="2"/>
+      <c r="K37" s="2"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="2"/>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B30" s="25"/>
-[...127 lines deleted...]
-      <c r="K39" s="25"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A40" s="25"/>
-[...9 lines deleted...]
-      <c r="K40" s="25"/>
+      <c r="A40" s="2"/>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+      <c r="J40" s="2"/>
+      <c r="K40" s="2"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A41" s="25"/>
-[...9 lines deleted...]
-      <c r="K41" s="25"/>
+      <c r="A41" s="2"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A42" s="25"/>
-[...9 lines deleted...]
-      <c r="K42" s="25"/>
+      <c r="A42" s="2"/>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A43" s="25"/>
-[...9 lines deleted...]
-      <c r="K43" s="25"/>
+      <c r="A43" s="2"/>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
+      <c r="J43" s="2"/>
+      <c r="K43" s="2"/>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A44" s="25"/>
-[...9 lines deleted...]
-      <c r="K44" s="25"/>
+      <c r="A44" s="2"/>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+      <c r="J44" s="2"/>
+      <c r="K44" s="2"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A45" s="25"/>
-[...9 lines deleted...]
-      <c r="K45" s="25"/>
+      <c r="A45" s="2"/>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="2"/>
+      <c r="K45" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:I5"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1 - 7/17/2012&amp;C&amp;"Arial Black,Regular"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="6145" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>20</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>28</xdr:row>
                 <xdr:rowOff>133350</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="6145" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="6146" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>29</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>571500</xdr:colOff>
                 <xdr:row>37</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="6146" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="6147" r:id="rId7" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId8">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>38</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>46</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="6147" r:id="rId7" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A4:I66"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" view="pageBreakPreview" topLeftCell="A28" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="O43" sqref="O43"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showRuler="0" topLeftCell="A15" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="K38" sqref="K38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="16384" width="9.28515625" style="2"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
-      <c r="H4" s="35" t="s">
+      <c r="H4" s="23" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="35" t="s">
+      <c r="I4" s="23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" s="42"/>
+      <c r="C16" s="42"/>
+      <c r="D16" s="42"/>
+      <c r="E16" s="42"/>
+      <c r="F16" s="42"/>
+      <c r="G16" s="42"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="42"/>
+      <c r="B17" s="42"/>
+      <c r="C17" s="42"/>
+      <c r="D17" s="42"/>
+      <c r="E17" s="42"/>
+      <c r="F17" s="42"/>
+      <c r="G17" s="42"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="B25" s="32"/>
+      <c r="C25" s="32"/>
+      <c r="D25" s="32"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="32"/>
+      <c r="H25" s="30"/>
+      <c r="I25" s="30"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="32"/>
+      <c r="B26" s="32"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="32"/>
+      <c r="E26" s="32"/>
+      <c r="F26" s="32"/>
+      <c r="G26" s="32"/>
+      <c r="H26" s="30"/>
+      <c r="I26" s="30"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A36" s="32" t="s">
         <v>73</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>86</v>
+      <c r="B36" s="32"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="32"/>
+      <c r="F36" s="32"/>
+      <c r="G36" s="32"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A37" s="32"/>
+      <c r="B37" s="32"/>
+      <c r="C37" s="32"/>
+      <c r="D37" s="32"/>
+      <c r="E37" s="32"/>
+      <c r="F37" s="32"/>
+      <c r="G37" s="32"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="2" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="A36" s="44" t="s">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F51" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="44"/>
-[...16 lines deleted...]
-      <c r="A50" s="3" t="s">
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F52" s="2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F53" s="2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F54" s="2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F55" s="2" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
-[...20 lines deleted...]
-      <c r="F55" s="3" t="s">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F56" s="2" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="F56" s="3" t="s">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="F57" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A66" s="3" t="s">
-        <v>85</v>
+      <c r="A66" s="2" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection password="D739" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A36:G37"/>
     <mergeCell ref="A25:I26"/>
     <mergeCell ref="A16:G17"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LPUFM 2.1.1 - 7/17/2012&amp;C&amp;"Arial Black,Regular"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10PUFM 2.1.1    - 1/21/2026&amp;C&amp;"Arial Black,Bold"Uncontrolled if Printed&amp;R&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15361" r:id="rId4" name="TextBox1">
           <controlPr autoLine="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>5</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>561975</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15361" r:id="rId4" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15362" r:id="rId6" name="TextBox2">
           <controlPr autoLine="0" r:id="rId7">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
-                <xdr:colOff>9525</xdr:colOff>
+                <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>66</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </from>
               <to>
-                <xdr:col>9</xdr:col>
-                <xdr:colOff>0</xdr:colOff>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>75</xdr:row>
-                <xdr:rowOff>0</xdr:rowOff>
+                <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15362" r:id="rId6" name="TextBox2"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15365" r:id="rId8" name="TextBox3">
           <controlPr autoLine="0" autoPict="0" r:id="rId9">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>17</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>581025</xdr:colOff>
+                <xdr:colOff>590550</xdr:colOff>
                 <xdr:row>23</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15365" r:id="rId8" name="TextBox3"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15368" r:id="rId10" name="TextBox4">
-          <controlPr autoLine="0" autoPict="0" r:id="rId11">
+          <controlPr autoLine="0" r:id="rId11">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>28575</xdr:colOff>
-                <xdr:row>25</xdr:row>
-                <xdr:rowOff>180975</xdr:rowOff>
+                <xdr:row>26</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>600075</xdr:colOff>
                 <xdr:row>34</xdr:row>
                 <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15368" r:id="rId10" name="TextBox4"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15371" r:id="rId12" name="TextBox5">
           <controlPr autoLine="0" r:id="rId13">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>19050</xdr:colOff>
                 <xdr:row>37</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </from>
               <to>
-                <xdr:col>9</xdr:col>
-                <xdr:colOff>0</xdr:colOff>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>47</xdr:row>
-                <xdr:rowOff>114300</xdr:rowOff>
+                <xdr:rowOff>142875</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15371" r:id="rId12" name="TextBox5"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15388" r:id="rId14" name="TextBox6">
           <controlPr autoLine="0" r:id="rId15">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>38100</xdr:colOff>
                 <xdr:row>58</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </from>
               <to>
-                <xdr:col>9</xdr:col>
-                <xdr:colOff>0</xdr:colOff>
+                <xdr:col>8</xdr:col>
+                <xdr:colOff>361950</xdr:colOff>
                 <xdr:row>64</xdr:row>
-                <xdr:rowOff>142875</xdr:rowOff>
+                <xdr:rowOff>161925</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="15388" r:id="rId14" name="TextBox6"/>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15363" r:id="rId16" name="Check Box 3">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>15</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15364" r:id="rId17" name="Check Box 4">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>15</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>16</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15369" r:id="rId18" name="Check Box 9">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>35</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>36</xdr:row>
                 <xdr:rowOff>104775</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15370" r:id="rId19" name="Check Box 10">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>35</xdr:row>
                 <xdr:rowOff>76200</xdr:rowOff>
               </from>
@@ -13231,269 +15651,269 @@
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>49</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>51</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15373" r:id="rId21" name="Check Box 13">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>49</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>51</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15374" r:id="rId22" name="Check Box 14">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>50</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>52</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15375" r:id="rId23" name="Check Box 15">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>52</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>54</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15376" r:id="rId24" name="Check Box 16">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>51</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>485775</xdr:colOff>
                 <xdr:row>53</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15377" r:id="rId25" name="Check Box 17">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>51</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>53</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15378" r:id="rId26" name="Check Box 18">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>228600</xdr:colOff>
                 <xdr:row>50</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>504825</xdr:colOff>
+                <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>52</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15379" r:id="rId27" name="Check Box 19">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>52</xdr:row>
-                <xdr:rowOff>161925</xdr:rowOff>
+                <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>54</xdr:row>
-                <xdr:rowOff>9525</xdr:rowOff>
+                <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15380" r:id="rId28" name="Check Box 20">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>53</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>55</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15381" r:id="rId29" name="Check Box 21">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>55</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>56</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15382" r:id="rId30" name="Check Box 22">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>55</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>56</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15383" r:id="rId31" name="Check Box 23">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
-                <xdr:colOff>238125</xdr:colOff>
+                <xdr:colOff>247650</xdr:colOff>
                 <xdr:row>56</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>514350</xdr:colOff>
                 <xdr:row>57</xdr:row>
                 <xdr:rowOff>28575</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15384" r:id="rId32" name="Check Box 24">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>53</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
@@ -13537,51 +15957,51 @@
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>219075</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>495300</xdr:colOff>
                 <xdr:row>14</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <control shapeId="15390" r:id="rId35" name="Check Box 30">
           <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>8</xdr:col>
-                <xdr:colOff>200025</xdr:colOff>
+                <xdr:colOff>209550</xdr:colOff>
                 <xdr:row>12</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>8</xdr:col>
                 <xdr:colOff>476250</xdr:colOff>
                 <xdr:row>14</xdr:row>
                 <xdr:rowOff>19050</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -13597,57 +16017,43 @@
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Quality</vt:lpstr>
       <vt:lpstr>Machining</vt:lpstr>
       <vt:lpstr>Forging</vt:lpstr>
       <vt:lpstr>Fabrication</vt:lpstr>
       <vt:lpstr>Steel</vt:lpstr>
       <vt:lpstr>Gearing</vt:lpstr>
       <vt:lpstr>Assembly</vt:lpstr>
       <vt:lpstr>Assembly!Print_Area</vt:lpstr>
       <vt:lpstr>Fabrication!Print_Area</vt:lpstr>
       <vt:lpstr>Forging!Print_Area</vt:lpstr>
       <vt:lpstr>Gearing!Print_Area</vt:lpstr>
       <vt:lpstr>Introduction!Print_Area</vt:lpstr>
       <vt:lpstr>Machining!Print_Area</vt:lpstr>
       <vt:lpstr>Quality!Print_Area</vt:lpstr>
       <vt:lpstr>Steel!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>mss@Horsburgh-Scott.com</Manager>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mark S. Scott</dc:creator>
+  <dc:creator>Jody Gavlik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>